--- v0 (2026-01-18)
+++ v1 (2026-03-05)
@@ -294,203 +294,193 @@
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>M. …..........</w:t>
       </w:r>
       <w:r w:rsidR="002961FB" w:rsidRPr="002F439E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>......................................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71245C31" w14:textId="77777777" w:rsidR="002961FB" w:rsidRPr="002F439E" w:rsidRDefault="002961FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79E84A8A" w14:textId="5979C031" w:rsidR="00692CB2" w:rsidRPr="002F439E" w:rsidRDefault="004C0D71">
-[...7 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="79E84A8A" w14:textId="5DB5F90F" w:rsidR="00692CB2" w:rsidRPr="002F439E" w:rsidRDefault="004C0D71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002F439E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>membre</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>membre également du SVBC,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72ADF" w:rsidRPr="002F439E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002F439E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> également du SVBC,</w:t>
+        <w:t>afin</w:t>
       </w:r>
       <w:r w:rsidR="00A72ADF" w:rsidRPr="002F439E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> de me représenter lors de </w:t>
+      </w:r>
+      <w:r w:rsidR="00692CB2" w:rsidRPr="002F439E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l'</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72ADF" w:rsidRPr="002F439E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00692CB2" w:rsidRPr="002F439E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ssemblée </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72ADF" w:rsidRPr="002F439E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F439E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>énérale extrao</w:t>
+      </w:r>
+      <w:r w:rsidR="00692CB2" w:rsidRPr="002F439E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rdinaire qui se tiendra le </w:t>
+      </w:r>
+      <w:r w:rsidR="001D4D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>samedi</w:t>
+      </w:r>
+      <w:r w:rsidR="00180757" w:rsidRPr="002F439E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F439E">
-[...69 lines deleted...]
-        <w:t>samedi</w:t>
+      <w:r w:rsidR="00F920AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>24</w:t>
       </w:r>
       <w:r w:rsidR="00180757" w:rsidRPr="002F439E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001D4D16">
-[...21 lines deleted...]
-        <w:t>février</w:t>
+      <w:r w:rsidR="00F920AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>janvier</w:t>
       </w:r>
       <w:r w:rsidR="002961FB" w:rsidRPr="002F439E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00F36AAF">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="002E5C04">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00692CB2" w:rsidRPr="002F439E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, à</w:t>
       </w:r>
       <w:r w:rsidR="00180757" w:rsidRPr="002F439E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D4D16">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
@@ -881,130 +871,130 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4B376899" w14:textId="77777777" w:rsidR="00692CB2" w:rsidRPr="002F439E" w:rsidRDefault="00692CB2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00692CB2" w:rsidRPr="002F439E">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33B8AE0F" w14:textId="77777777" w:rsidR="00CD42FE" w:rsidRDefault="00CD42FE" w:rsidP="002F439E">
+    <w:p w14:paraId="4E891521" w14:textId="77777777" w:rsidR="0044748E" w:rsidRDefault="0044748E" w:rsidP="002F439E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70D25D4E" w14:textId="77777777" w:rsidR="00CD42FE" w:rsidRDefault="00CD42FE" w:rsidP="002F439E">
+    <w:p w14:paraId="1E8E8B30" w14:textId="77777777" w:rsidR="0044748E" w:rsidRDefault="0044748E" w:rsidP="002F439E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:panose1 w:val="02000503000000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3EE9074E" w14:textId="4687C769" w:rsidR="002F439E" w:rsidRPr="002F439E" w:rsidRDefault="002F439E">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002F439E">
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Suresnes Volley-Ball Club (SVBC). </w:t>
     </w:r>
@@ -1051,58 +1041,58 @@
         <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Segoe UI"/>
         <w:color w:val="212529"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
     <w:r w:rsidRPr="002F439E">
       <w:rPr>
         <w:rStyle w:val="locality"/>
         <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Segoe UI"/>
         <w:color w:val="212529"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Suresnes</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C4FDE8F" w14:textId="77777777" w:rsidR="00CD42FE" w:rsidRDefault="00CD42FE" w:rsidP="002F439E">
+    <w:p w14:paraId="4A27DC16" w14:textId="77777777" w:rsidR="0044748E" w:rsidRDefault="0044748E" w:rsidP="002F439E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7DF87041" w14:textId="77777777" w:rsidR="00CD42FE" w:rsidRDefault="00CD42FE" w:rsidP="002F439E">
+    <w:p w14:paraId="235F061A" w14:textId="77777777" w:rsidR="0044748E" w:rsidRDefault="0044748E" w:rsidP="002F439E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="649B51A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E8DE4B2C"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -1217,85 +1207,89 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1820071429">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="172"/>
+  <w:zoom w:percent="225"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A72ADF"/>
     <w:rsid w:val="00180757"/>
     <w:rsid w:val="001D4D16"/>
     <w:rsid w:val="002961FB"/>
+    <w:rsid w:val="002E5C04"/>
+    <w:rsid w:val="002E6274"/>
     <w:rsid w:val="002F439E"/>
     <w:rsid w:val="003C5734"/>
+    <w:rsid w:val="0044748E"/>
     <w:rsid w:val="004C0D71"/>
     <w:rsid w:val="00692CB2"/>
     <w:rsid w:val="00A72ADF"/>
     <w:rsid w:val="00CD42FE"/>
     <w:rsid w:val="00DD7E50"/>
     <w:rsid w:val="00F36AAF"/>
+    <w:rsid w:val="00F920AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>